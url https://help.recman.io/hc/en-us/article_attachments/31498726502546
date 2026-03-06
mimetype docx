--- v0 (2026-01-20)
+++ v1 (2026-03-06)
@@ -34,61 +34,61 @@
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="3657600" cy="1401170"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="28" name="image17.png"/>
+            <wp:docPr id="28" name="image9.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image17.png"/>
+                    <pic:cNvPr id="0" name="image9.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
-                    <a:srcRect b="175" l="0" r="0" t="176"/>
+                    <a:srcRect b="176" l="0" r="0" t="176"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3657600" cy="1401170"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
@@ -460,51 +460,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60.0" w:type="dxa"/>
               <w:left w:w="60.0" w:type="dxa"/>
               <w:bottom w:w="60.0" w:type="dxa"/>
               <w:right w:w="60.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025-11-10</w:t>
+              <w:t xml:space="preserve">2026-02-16</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="330" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="60.0" w:type="dxa"/>
               <w:left w:w="60.0" w:type="dxa"/>
               <w:bottom w:w="60.0" w:type="dxa"/>
               <w:right w:w="60.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
@@ -730,51 +735,51 @@
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Innehåll</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="1391620063"/>
+        <w:id w:val="-782839369"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique w:val="1"/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="none" w:pos="12000"/>
             </w:tabs>
             <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:smallCaps w:val="0"/>
               <w:strike w:val="0"/>
               <w:color w:val="000000"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:u w:val="none"/>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
@@ -1567,56 +1572,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">”Company Name” i länken ska du ersätta med namnet på företaget du är registrerad hos. När du besöker denna länk kommer du att se följande skärm.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:spacing w:after="0" w:before="200" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="2692400"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="32" name="image9.png"/>
+            <wp:docPr id="32" name="image8.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image9.png"/>
+                    <pic:cNvPr id="0" name="image8.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2692400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1624,56 +1629,56 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
       <w:pPr>
         <w:spacing w:after="0" w:before="200" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Här anger du e-postadressen och lösenordet du fått av företaget. Klicka på "Logga in" för att logga in på din kundprofil. När du loggar in för första gången gör du det troligen med ett tillfälligt lösenord eller en engångslänk. Därför rekommenderas det att du byter till ett nytt och starkt personligt lösenord.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5157788" cy="2674102"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="30" name="image8.png"/>
+            <wp:docPr id="30" name="image18.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image8.png"/>
+                    <pic:cNvPr id="0" name="image18.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5157788" cy="2674102"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1690,56 +1695,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Efter att du klickat på “Spara” kommer du till Företagsportalens hemskärm:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="6654800"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="21" name="image10.png"/>
+            <wp:docPr id="21" name="image19.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image10.png"/>
+                    <pic:cNvPr id="0" name="image19.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="6654800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1789,56 +1794,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Skulle du få problem med din inloggning rekommenderar vi att du dubbelcheckar att din e-postadress och ditt lösenord är korrekt skrivet. Om du är säker på att båda är korrekta kan du använda "Glömt ditt lösenord?" knappen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:spacing w:after="0" w:before="200" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="3452813" cy="2232283"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="33" name="image14.png"/>
+            <wp:docPr id="33" name="image15.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image14.png"/>
+                    <pic:cNvPr id="0" name="image15.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3452813" cy="2232283"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1918,56 +1923,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Efter att du har loggat in på din profil kan du ändra ditt lösenord direkt från din profil. Som tidigare nämnt kommer du att bli ombedd att definiera ett nytt lösenord första gången du loggar in eller när du använder funktionen «Glömt lösenord», men om du vill ändra det vid en annan tidpunkt klickar du först på “Min profil” och sedan “Behörighetskontroll” som visas på bilden nedan.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="4292600"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="17" name="image3.png"/>
+            <wp:docPr id="17" name="image13.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image13.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4292600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2026,56 +2031,56 @@
         <w:t xml:space="preserve">I företagsportalen har du navigeringsmenyn till vänster som visar de moduler du har tillgång till. När du håller muspekaren över ikonerna via modulernas namn.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:spacing w:after="0" w:before="200" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I övre högra hörnet ser du din bild/dina initialer. Genom att klicka där kommer du åt att uppdatera företagsinformation, “Min profil”, “Dela feedback” och “Logga ut”. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="4724400"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="15" name="image13.png"/>
+            <wp:docPr id="15" name="image12.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image13.png"/>
+                    <pic:cNvPr id="0" name="image12.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4724400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2154,56 +2159,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Här hittar du alla existerande bokningar. Du kan filtrera på status (Bekräftat, Obekräftat, Avvisad) och projekt. I övre delen av sidan har du möjlighet att ändra vy (Lista över förfrågningar, Schema, Pass) och välja period.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3124200"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="23" name="image5.png"/>
+            <wp:docPr id="23" name="image24.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.png"/>
+                    <pic:cNvPr id="0" name="image24.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3124200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2220,56 +2225,56 @@
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_heading=h.4v5ylak7o7sv" w:id="9"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3 Bokning (NY)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="1739900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="25" name="image16.png"/>
+            <wp:docPr id="25" name="image6.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image16.png"/>
+                    <pic:cNvPr id="0" name="image6.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="1739900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2455,56 +2460,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Flera filterval ger dig möjlighet att hitta information snabbt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="4491739" cy="4340575"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="20" name="image2.png"/>
+            <wp:docPr id="20" name="image7.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image7.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4491739" cy="4340575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2521,56 +2526,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Du kan också ändra period med hjälp av pilarna och välja mellan månad-, vecko- eller anpassad vy. Genom att klicka på “+” knappen bredvid “All” kan du skapa personliga flikar innehållande särskilda filter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="1651000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="31" name="image4.png"/>
+            <wp:docPr id="31" name="image10.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
+                    <pic:cNvPr id="0" name="image10.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="1651000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2587,56 +2592,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Om allt ser ut att vara i sin ordning, bocka i alla rader eller enskilda och välj "Godkänn”.  Genom att bocka alla eller enstaka pass kan du även ladda ner listan till ett Excel-kalkylblad.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="2679700"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="26" name="image15.png"/>
+            <wp:docPr id="26" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image15.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2679700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2653,56 +2658,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Om du hittar ett fel eller av annan anledning behöver kommunicera till användare i RecMan-systemet kan du klicka på passet och, förutom att se en översikt över passet, skriva en kommentar. Kommentaren blir synlig för användarna i RecMan-systemet som granskar det registrerade arbetet, där de kan vidta åtgärder och skriva en kommentar. Får du en kommentar tillbaka visas det i form av en pratbubbla med en siffra i kolumnen “Info”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3289300"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="16" name="image12.png"/>
+            <wp:docPr id="16" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image12.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3289300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2733,56 +2738,56 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:shd w:fill="ffffff" w:val="clear"/>
         <w:spacing w:after="340" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:color w:val="1a1a1a"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:color w:val="1a1a1a"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="2501900"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image" id="35" name="image22.png"/>
+            <wp:docPr descr="image" id="35" name="image23.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image" id="0" name="image22.png"/>
+                    <pic:cNvPr descr="image" id="0" name="image23.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2501900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2814,56 +2819,56 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:shd w:fill="ffffff" w:val="clear"/>
         <w:spacing w:after="340" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:color w:val="1a1a1a"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:color w:val="1a1a1a"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="292100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="36" name="image24.png"/>
+            <wp:docPr id="36" name="image20.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image24.png"/>
+                    <pic:cNvPr id="0" name="image20.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="292100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2898,56 +2903,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Här visas en lista över anställda och du har möjlighet att skapa nya anställda.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="2552700"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="24" name="image7.png"/>
+            <wp:docPr id="24" name="image4.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image7.png"/>
+                    <pic:cNvPr id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2552700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3006,56 +3011,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Med hjälp av filtren kan du söka efter anställda, registrerat arbete som är godkänt eller väntar på godkännande samt på projekt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="1943100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="14" name="image19.png"/>
+            <wp:docPr id="14" name="image11.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image19.png"/>
+                    <pic:cNvPr id="0" name="image11.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="1943100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3105,56 +3110,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Med hjälp av menyn högst upp kan du klicka på pilarna för att navigera mellan olika månader, växla mellan en månads- eller veckovy och använda genvägen "Denna månad" för att ta dig till den aktuella månaden.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="2514600"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="27" name="image18.png"/>
+            <wp:docPr id="27" name="image14.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image18.png"/>
+                    <pic:cNvPr id="0" name="image14.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="2514600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3219,56 +3224,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Genom att utöka filtren kan du söka bland avtalen, filtrera efter "Väntar på signatur" och "Signerat”, samt söka efter offerter och avtal  kopplade till specifika projekt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="1879600"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="18" name="image6.png"/>
+            <wp:docPr id="18" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image6.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="1879600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3303,56 +3308,56 @@
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Här kan du se platsannonser.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="4558682" cy="2140535"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="22" name="image1.png"/>
+            <wp:docPr id="22" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4558682" cy="2140535"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3418,75 +3423,75 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Partners har tillgång till en centraliserad dashboard som visar alla jobbannonser som de aktivt stödjer med kandidatförmedling.</w:t>
+        <w:t xml:space="preserve">Partners har tillgång till en centraliserad dashboard som visar alla jobbannonser som publicerats på intranätet.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="4119563" cy="2799190"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="19" name="image11.png"/>
+            <wp:docPr id="19" name="image17.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image11.png"/>
+                    <pic:cNvPr id="0" name="image17.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4119563" cy="2799190"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3502,56 +3507,56 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Gränssnittet innehåller filtreringsalternativ efter ansökningsstatus, företag och projekt samt en sökfunktion.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="2442891" cy="2135074"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="37" name="image23.png"/>
+            <wp:docPr id="37" name="image22.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image23.png"/>
+                    <pic:cNvPr id="0" name="image22.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2442891" cy="2135074"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3578,56 +3583,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Varje jobbannons ger partners en detaljerad projektöversikt, inklusive kandidatstatistik och viktig projektinformation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:cs="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3187700"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="29" name="image20.png"/>
+            <wp:docPr id="29" name="image16.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image20.png"/>
+                    <pic:cNvPr id="0" name="image16.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3187700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -4217,51 +4222,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techbemanningab.recman.no/customer/login" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.recman.io/hc/en-us/articles/25575033979922-Booking-module" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techbemanningab.recman.no/customer/login" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://help.recman.io/hc/en-us/articles/25575033979922-Booking-module" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/TitilliumWeb-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/TitilliumWeb-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/TitilliumWeb-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/TitilliumWeb-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>